--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283337009dc24360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafff5caec66842f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4089b3c360f48ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a2b79b0d0d4f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7cc0fda5e3d44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4089b3c360f48ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3098e9443ed64577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a2b79b0d0d4f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>33,736</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,332</x:t>
-[...625 lines deleted...]
-          <x:t>38,725</x:t>
+          <x:t>34,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>