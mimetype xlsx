--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafff5caec66842f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9c032b900841aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a2b79b0d0d4f2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57b62a00f0024f9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3098e9443ed64577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a2b79b0d0d4f2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ee8da605984d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57b62a00f0024f9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>34,266</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,064</x:t>
-[...107 lines deleted...]
-          <x:t>34,447</x:t>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>