--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9c032b900841aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb732ae27129c44e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57b62a00f0024f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022f84e7161048de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ee8da605984d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57b62a00f0024f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd244bfb9db65486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022f84e7161048de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>