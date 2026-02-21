--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb732ae27129c44e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a7f1e589d2436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022f84e7161048de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf5abdfd7084a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd244bfb9db65486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022f84e7161048de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50dbb4eabbb4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf5abdfd7084a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>30,656</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>