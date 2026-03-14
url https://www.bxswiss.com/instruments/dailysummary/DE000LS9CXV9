--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65a7f1e589d2436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec4e53cd75548a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf5abdfd7084a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92eb3ffbc94c4d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50dbb4eabbb4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf5abdfd7084a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5bfe45236944919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92eb3ffbc94c4d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BMRT Global Konservativ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXV9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,355</x:t>
-[...603 lines deleted...]
-          <x:t>31,803</x:t>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>