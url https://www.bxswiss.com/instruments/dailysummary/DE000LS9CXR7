--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff0b55e8c9545c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d57ff063de24de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b6cc2c47a44738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70b9b1faba4408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb133f7494ad4936" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b6cc2c47a44738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3591cf049364431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70b9b1faba4408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CATE beste Chancen Mixx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>242,469</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,912</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,762</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>