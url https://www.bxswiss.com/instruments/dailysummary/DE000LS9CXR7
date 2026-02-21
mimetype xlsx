--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d57ff063de24de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186f953052ad4500" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70b9b1faba4408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b3ea1088bb412a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3591cf049364431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70b9b1faba4408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13dade61cee4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b3ea1088bb412a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CATE beste Chancen Mixx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,710</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>