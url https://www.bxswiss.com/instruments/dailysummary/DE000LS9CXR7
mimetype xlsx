--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R186f953052ad4500" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36a0da18ed2e45a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7b3ea1088bb412a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bed9a26de84cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13dade61cee4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7b3ea1088bb412a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ad1cdb0a804101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bed9a26de84cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CATE beste Chancen Mixx</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>