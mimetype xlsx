--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfea3bdd3ccc4b44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2665bdea12ca43a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82318298743d4e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0413e432c84f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R606b8e7e0b7f402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82318298743d4e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68de10988db941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0413e432c84f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,186</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>