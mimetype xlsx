--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2665bdea12ca43a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0c770204754891" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0413e432c84f44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d8d0b8179a4162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68de10988db941dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0413e432c84f44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82bd41099c1d4939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d8d0b8179a4162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>127,856</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>