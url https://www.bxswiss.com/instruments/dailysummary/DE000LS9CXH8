--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0c770204754891" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd2e1bc6a60d4667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d8d0b8179a4162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e4e0598302485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82bd41099c1d4939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d8d0b8179a4162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf0a12a0d7a4b36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e4e0598302485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Netzwerke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>