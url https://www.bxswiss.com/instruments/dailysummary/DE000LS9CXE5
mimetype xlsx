--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6ce7ca669842ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78dad76a5d64bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7089526dea7a4e46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8765a8303e453e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ebe70ac33a94eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7089526dea7a4e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5c7656af484e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8765a8303e453e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>