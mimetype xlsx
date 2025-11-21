--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc78dad76a5d64bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb495b208fa514896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8765a8303e453e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfaeda4e5cf4e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5c7656af484e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8765a8303e453e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878d8d3857504b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfaeda4e5cf4e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,738</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...418 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,310</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>