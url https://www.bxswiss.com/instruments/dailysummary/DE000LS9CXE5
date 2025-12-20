--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb495b208fa514896" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31831aedb74f4ad9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddfaeda4e5cf4e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58e99a3f99b4a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878d8d3857504b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddfaeda4e5cf4e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac32125e2b4d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58e99a3f99b4a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,081</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>