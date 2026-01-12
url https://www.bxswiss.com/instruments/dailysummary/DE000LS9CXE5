--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31831aedb74f4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf36eb51e4b409e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd58e99a3f99b4a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e73106747ad44bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac32125e2b4d4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd58e99a3f99b4a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77049c7ef98c4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e73106747ad44bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>138,835</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,461</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>139,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,869</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,610</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>