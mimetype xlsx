--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf36eb51e4b409e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01e2bbc24b343da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e73106747ad44bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re28d8ba036d4488e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77049c7ef98c4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e73106747ad44bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2e2c424b284102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re28d8ba036d4488e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,704</x:t>
-[...36 lines deleted...]
-          <x:t>141,618</x:t>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>