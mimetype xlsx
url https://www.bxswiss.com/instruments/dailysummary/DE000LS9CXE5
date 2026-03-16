--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01e2bbc24b343da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88a8e31481704d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re28d8ba036d4488e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a07b9731d8441dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2e2c424b284102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re28d8ba036d4488e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a06c7b98e34c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a07b9731d8441dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden &amp; Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CXE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>141,604</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,379</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,621</x:t>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>