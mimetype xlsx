--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821eefcf09cf4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2400326b345644a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62e93bf89af4941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5114897ce54983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1964b799ab84ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62e93bf89af4941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a195d76aa94747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5114897ce54983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>642,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>639,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>