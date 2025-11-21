--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2400326b345644a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253822d434894ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d5114897ce54983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a2877abb839438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a195d76aa94747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d5114897ce54983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb108c07ac17c45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a2877abb839438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>639,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>645,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>645,302</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>670,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>674,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>666,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>673,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>