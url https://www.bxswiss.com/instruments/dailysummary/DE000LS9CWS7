--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253822d434894ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8fdbc43fdbe4627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a2877abb839438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ad69370bca406e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb108c07ac17c45af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a2877abb839438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b87bf37887a4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ad69370bca406e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>624,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>627,117</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>643,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>645,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>631,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>