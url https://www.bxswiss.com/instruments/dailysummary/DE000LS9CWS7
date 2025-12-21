--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8fdbc43fdbe4627" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c81dd77aeb434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ad69370bca406e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2489d872009040f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b87bf37887a4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ad69370bca406e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e1b99cd6484bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2489d872009040f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>