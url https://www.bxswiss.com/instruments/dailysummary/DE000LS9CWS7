--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c81dd77aeb434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cae0ad2cb22459b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2489d872009040f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R874557b9a09146be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57e1b99cd6484bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2489d872009040f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7223aad9ff24df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R874557b9a09146be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>630,832</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>627,203</x:t>
-[...485 lines deleted...]
-          <x:t>614,910</x:t>
+          <x:t>626,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>