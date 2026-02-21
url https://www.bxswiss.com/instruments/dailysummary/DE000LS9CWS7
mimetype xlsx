--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cae0ad2cb22459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6834f75766ab4fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R874557b9a09146be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05e95326b3f4070"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7223aad9ff24df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R874557b9a09146be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eadc4392046411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05e95326b3f4070" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>623,264</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>