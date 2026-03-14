--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6834f75766ab4fb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ff5a869c3ce4c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc05e95326b3f4070"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24aa12bf80a442a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eadc4392046411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc05e95326b3f4070" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a30b08b50bf491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24aa12bf80a442a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Succestecbrands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>554,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>559,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>550,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>544,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>549,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>548,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>