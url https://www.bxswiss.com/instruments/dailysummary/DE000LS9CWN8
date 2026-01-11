--- v0 (2025-11-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd2c50328a854726" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6251047578f470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R554f70bf5c244a7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4116b91874a40a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc9a2cd40e34479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R554f70bf5c244a7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4403d0182448f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4116b91874a40a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matlab - Quantitative Analyse US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,907</x:t>
-[...360 lines deleted...]
-          <x:t>85,681</x:t>
+          <x:t>85,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>