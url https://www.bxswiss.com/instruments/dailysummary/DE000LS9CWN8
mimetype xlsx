--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6251047578f470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff64406b5914486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4116b91874a40a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634cf5863bb14c4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c4403d0182448f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4116b91874a40a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref96707606764698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634cf5863bb14c4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matlab - Quantitative Analyse US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>