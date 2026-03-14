--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff64406b5914486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refef3c62a81a4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R634cf5863bb14c4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd011f919a02d4409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref96707606764698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R634cf5863bb14c4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fea10dc067048b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd011f919a02d4409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matlab - Quantitative Analyse US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>