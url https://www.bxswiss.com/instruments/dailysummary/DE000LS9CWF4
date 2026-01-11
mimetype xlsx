--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a78249f1ac243be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61120dc9665f4433" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b48c6c4f8ea48b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69bc3e7c10734a63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48c111a841774efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b48c6c4f8ea48b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2884dce8a2a446c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69bc3e7c10734a63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>