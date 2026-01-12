--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61120dc9665f4433" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f70cd5a9564249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69bc3e7c10734a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re608da3dccc246ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2884dce8a2a446c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69bc3e7c10734a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a098b13bc6404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re608da3dccc246ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>