--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f70cd5a9564249" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb409c5821a2742a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re608da3dccc246ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997cf1ced888437b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41a098b13bc6404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re608da3dccc246ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b84fbb001e4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997cf1ced888437b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>218,818</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,723</x:t>
-[...269 lines deleted...]
-          <x:t>223,806</x:t>
+          <x:t>215,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>