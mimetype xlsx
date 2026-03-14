--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb409c5821a2742a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77096c2b0ca44703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997cf1ced888437b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792fcf13bad04ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b84fbb001e4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997cf1ced888437b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11231da9ba8a4f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792fcf13bad04ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Pyramide nach Maslow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CWF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,087</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>