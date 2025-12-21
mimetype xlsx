--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd04ce2bc2ed4473" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde2e236980e462a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f8123da20a41c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0596a24a01042f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86295a0f1b047ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f8123da20a41c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18c8625d3ba45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0596a24a01042f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising Star nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,842</x:t>
-[...603 lines deleted...]
-          <x:t>126,879</x:t>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>