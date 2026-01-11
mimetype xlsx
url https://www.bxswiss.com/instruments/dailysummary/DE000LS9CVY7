--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde2e236980e462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26d23cd56d340da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0596a24a01042f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26cb00a69e0d48ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re18c8625d3ba45d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0596a24a01042f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d74015e6334e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26cb00a69e0d48ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising Star nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>