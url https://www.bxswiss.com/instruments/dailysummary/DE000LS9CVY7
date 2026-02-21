--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc26d23cd56d340da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61330e562103410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26cb00a69e0d48ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad49dcea2e324275"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d74015e6334e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26cb00a69e0d48ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79470f29a6bd4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad49dcea2e324275" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising Star nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>128,722</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>