--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61330e562103410b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R209194ea2e7f49b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad49dcea2e324275"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6e1956e1b354697"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79470f29a6bd4a87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad49dcea2e324275" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbdf15d51db64ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6e1956e1b354697" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising Star nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVY7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,282</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,769</x:t>
-[...225 lines deleted...]
-          <x:t>134,100</x:t>
+          <x:t>131,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>