--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f4843a71bb4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re382abd3b3a043fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5607f24fe7a640ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6163902422c7421a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbebc21980e4d6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5607f24fe7a640ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R796d78ebd3014757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6163902422c7421a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking nach Peter Lynch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,273</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>