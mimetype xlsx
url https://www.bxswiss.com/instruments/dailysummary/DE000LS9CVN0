--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re382abd3b3a043fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab795e2469542df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6163902422c7421a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4a4e893216a44bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R796d78ebd3014757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6163902422c7421a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d68204bad044f80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4a4e893216a44bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stock Picking nach Peter Lynch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CVN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>210,413</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>