--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbf34bbab6040ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2766a33318744f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de2da14ad534326"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb671c59daf9431a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d03fa155e534bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de2da14ad534326" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4e38c4c56a47ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb671c59daf9431a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>