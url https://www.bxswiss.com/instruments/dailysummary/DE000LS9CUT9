--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2766a33318744f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re184c7a9017540d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb671c59daf9431a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0556f466652b4faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4e38c4c56a47ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb671c59daf9431a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc97c2bf6984ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0556f466652b4faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>256,109</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>