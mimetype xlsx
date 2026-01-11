--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re184c7a9017540d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf272756d54ae4fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0556f466652b4faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e219acad704349"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bc97c2bf6984ec5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0556f466652b4faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac62a273d19a402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e219acad704349" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>