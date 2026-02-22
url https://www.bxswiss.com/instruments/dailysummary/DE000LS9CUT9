--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf272756d54ae4fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffcabe181b8f4c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e219acad704349"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20836950fbf435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac62a273d19a402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e219acad704349" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7de691cea945ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20836950fbf435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentale Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUT9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>240,551</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>