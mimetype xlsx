--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R931a2d9cc14b4906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b0991a29a146a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30ca4a7dd5f24f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce709f165a02468e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a4687960068496c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30ca4a7dd5f24f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84dfbc4c1bb34cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce709f165a02468e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>