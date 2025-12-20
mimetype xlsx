--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6b0991a29a146a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ae594143854a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce709f165a02468e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c80591a14ee4ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84dfbc4c1bb34cf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce709f165a02468e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3bc9d2593f4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c80591a14ee4ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,706</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>