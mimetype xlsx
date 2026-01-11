--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ae594143854a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9746d5ebf64e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c80591a14ee4ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a19f9ae5ec492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3bc9d2593f4465" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c80591a14ee4ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3983ff313ef74350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a19f9ae5ec492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,052</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,820</x:t>
-[...225 lines deleted...]
-          <x:t>183,135</x:t>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>