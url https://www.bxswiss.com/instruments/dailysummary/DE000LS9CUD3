--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf9746d5ebf64e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90212f9eaa844da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a19f9ae5ec492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2672fc76b54213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3983ff313ef74350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a19f9ae5ec492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667885bad20a4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2672fc76b54213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,468</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>