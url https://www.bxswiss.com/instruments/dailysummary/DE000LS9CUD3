--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90212f9eaa844da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R473b3f42454044cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2672fc76b54213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390455dc54ac4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667885bad20a4399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2672fc76b54213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a76d5e81124845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390455dc54ac4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DividendenPlus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CUD3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>