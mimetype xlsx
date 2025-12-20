--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1aa39ce4b6d4f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2cefbf84724a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4853cb04e2874ab5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6772c52d5db04404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00ad6c8f9188436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4853cb04e2874ab5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd8828c54e445df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6772c52d5db04404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Werte: Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>210,498</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>210,480</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>