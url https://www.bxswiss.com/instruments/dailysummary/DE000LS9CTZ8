--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d2cefbf84724a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b632de83d54b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6772c52d5db04404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f06518435946a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd8828c54e445df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6772c52d5db04404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6fa7b00e68454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f06518435946a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Werte: Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>