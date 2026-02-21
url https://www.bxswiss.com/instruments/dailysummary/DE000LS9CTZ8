--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b632de83d54b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74a49be80ea4a15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f06518435946a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06dc8873b248428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd6fa7b00e68454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f06518435946a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22abcf8a7d4f4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06dc8873b248428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Werte: Familienunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>211,650</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,134</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>219,388</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>