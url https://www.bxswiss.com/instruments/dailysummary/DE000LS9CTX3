--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc00c16dbf84bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050889faf2544e3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee5b4838ca24fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc007ec7051014a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3367e850537c4809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee5b4838ca24fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5cee0c09d744fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc007ec7051014a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.555,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.595,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.452,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.549,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.680,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.820,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.663,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.814,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.831,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.836,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.741,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.946,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.066,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.855,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.865,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.988,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.076,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.881,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.939,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.891,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.006,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.822,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.897,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.947,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.989,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.845,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.896,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.084,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.790,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.063,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.112,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.219,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.046,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.418,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.488,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.306,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.333,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.382,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.385,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.114,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.149,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.921,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.907,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.918,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.108,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2.146,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.932,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.965,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.813,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.844,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.777,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.591,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.649,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.463,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.499,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.653,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.652,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.656,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.577,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.582,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>