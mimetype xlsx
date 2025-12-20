--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050889faf2544e3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb679f89c9b1645aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc007ec7051014a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1a0dcc15054445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f5cee0c09d744fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc007ec7051014a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236bd4876f8d4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1a0dcc15054445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.582,710</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.282,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.003,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>901,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.034,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.008,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>860,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>847,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>