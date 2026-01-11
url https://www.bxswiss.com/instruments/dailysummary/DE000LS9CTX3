--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb679f89c9b1645aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f982f985b441fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1a0dcc15054445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8134719d4841e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R236bd4876f8d4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1a0dcc15054445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b589ae409a84bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8134719d4841e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>879,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>887,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>879,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>886,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>863,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>946,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>859,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>946,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>964,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>912,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>840,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>895,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>902,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.016,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.015,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>997,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>998,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>995,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>996,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.009,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.030,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>969,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.017,001</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>