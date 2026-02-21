--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f982f985b441fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cff9b34f5ff4ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8134719d4841e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c411e78b0cc43ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b589ae409a84bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8134719d4841e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece90aea3b8d4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c411e78b0cc43ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.017,001</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>909,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>897,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>910,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>978,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>974,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>917,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>911,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>880,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>877,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>812,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>809,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>