--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cff9b34f5ff4ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66941e6734454b07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c411e78b0cc43ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6772c5387a04c74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece90aea3b8d4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c411e78b0cc43ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R918e44c4060d4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6772c5387a04c74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Brennstoffzellen-Werte Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>611,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>596,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>605,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>616,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>