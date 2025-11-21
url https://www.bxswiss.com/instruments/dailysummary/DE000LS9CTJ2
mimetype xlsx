--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2647076555a45dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400e8d1826794475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec1461cd95414ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8612b33d353478b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b57b86ef14a492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec1461cd95414ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d02ccf3485440a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8612b33d353478b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,862</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>