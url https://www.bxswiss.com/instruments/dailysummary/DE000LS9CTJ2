--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R400e8d1826794475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305efe05a61a479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8612b33d353478b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f09c7a104bd4879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d02ccf3485440a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8612b33d353478b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ffc136eaf340fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f09c7a104bd4879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>