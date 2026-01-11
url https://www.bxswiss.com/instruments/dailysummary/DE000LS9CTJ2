--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R305efe05a61a479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2a7dda1e4341b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f09c7a104bd4879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf61ffe61bf0b461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ffc136eaf340fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f09c7a104bd4879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b700dc9b67546c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf61ffe61bf0b461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>