--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2a7dda1e4341b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc771ef33b5284733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf61ffe61bf0b461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ddcc58a86694b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b700dc9b67546c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf61ffe61bf0b461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13f742b30c4d4058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ddcc58a86694b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>