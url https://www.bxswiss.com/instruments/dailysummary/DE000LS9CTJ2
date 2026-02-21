--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc771ef33b5284733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a66fa200c84120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ddcc58a86694b44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a7e004723040e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13f742b30c4d4058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ddcc58a86694b44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb369d98da25d44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a7e004723040e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>170,730</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>174,235</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>