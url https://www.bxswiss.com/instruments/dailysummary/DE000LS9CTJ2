--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a66fa200c84120" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf399a1fc54ea4419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a7e004723040e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26945ab1190f471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb369d98da25d44d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a7e004723040e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53c276f8b73b4ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26945ab1190f471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden- &amp; Wachstumswerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>