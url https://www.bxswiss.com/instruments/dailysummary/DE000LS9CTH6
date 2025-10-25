--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbed67ffb15464e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf722077d90c14229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6849a2d3dae4034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7ab57bdb1c423c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efcddf6665246da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6849a2d3dae4034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0ea6c525754024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7ab57bdb1c423c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>