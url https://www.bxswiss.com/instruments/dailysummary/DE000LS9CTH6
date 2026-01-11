--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf722077d90c14229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7614e59f6c5c436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7ab57bdb1c423c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e43dd89427c4d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0ea6c525754024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7ab57bdb1c423c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489b1d6ab81e4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e43dd89427c4d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>280,339</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>