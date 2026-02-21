--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7614e59f6c5c436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04af680692024eb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e43dd89427c4d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re298617a7ebb435c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R489b1d6ab81e4459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e43dd89427c4d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re187dad6cd514105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re298617a7ebb435c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>312,556</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>