--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04af680692024eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba457756cbb4e69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re298617a7ebb435c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6389e1eaa074beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re187dad6cd514105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re298617a7ebb435c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd720747b9c4743ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6389e1eaa074beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Traden nach Benjamin Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CTH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>