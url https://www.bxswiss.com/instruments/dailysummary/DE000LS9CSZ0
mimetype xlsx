--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd563229090473b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e1083885424bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99fc9c98a40f476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7606c8bbf1416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d7f3315b0374426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99fc9c98a40f476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77af3d925f634ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7606c8bbf1416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>116,495</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,384</x:t>
-[...168 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>116,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,044</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>115,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>