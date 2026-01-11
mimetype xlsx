--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1e1083885424bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd174c52c6564eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f7606c8bbf1416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2979f5544a54839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77af3d925f634ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f7606c8bbf1416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc745c370814044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2979f5544a54839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,350</x:t>
-[...151 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,129</x:t>
-[...198 lines deleted...]
-          <x:t>116,044</x:t>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>