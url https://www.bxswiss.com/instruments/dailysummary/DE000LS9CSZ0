--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd174c52c6564eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff2bece08c74995" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2979f5544a54839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18ed102152be496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfc745c370814044" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2979f5544a54839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb05c3c262924fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18ed102152be496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,294</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>