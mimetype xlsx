--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff2bece08c74995" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc35e98df4de467d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18ed102152be496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19d6ca2e9c184c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb05c3c262924fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18ed102152be496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R565465e8a6e84c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19d6ca2e9c184c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>asVolatilität+Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>