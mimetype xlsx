--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc8977428140411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6c3bc75d6f46f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c0579834bd47ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d394f6ebff4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e974df6bb94d68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c0579834bd47ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b2dc037e194bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d394f6ebff4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>