--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6c3bc75d6f46f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538c63fd438a40b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d394f6ebff4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61dd436d2144787"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b2dc037e194bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d394f6ebff4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcab30d54d9740ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61dd436d2144787" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>