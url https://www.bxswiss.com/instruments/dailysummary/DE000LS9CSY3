--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538c63fd438a40b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03f26f286ddf4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra61dd436d2144787"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccfca0f9c424617"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcab30d54d9740ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra61dd436d2144787" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc6c9c67fb74e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccfca0f9c424617" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>189,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>