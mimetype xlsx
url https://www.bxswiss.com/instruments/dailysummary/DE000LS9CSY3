--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03f26f286ddf4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d6d3c15e2d4541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccfca0f9c424617"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d97e05016c6472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc6c9c67fb74e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccfca0f9c424617" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cebbdb61813437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d97e05016c6472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>