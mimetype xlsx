--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d6d3c15e2d4541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70492dd9b264d7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d97e05016c6472e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44733a6baa654e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cebbdb61813437d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d97e05016c6472e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b4a75425b44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44733a6baa654e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>206,541</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>