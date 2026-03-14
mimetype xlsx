--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70492dd9b264d7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6e29efab584040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44733a6baa654e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R833da104f2ce449c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42b4a75425b44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44733a6baa654e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c0336d09f0c4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R833da104f2ce449c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,529</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>