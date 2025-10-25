--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf93ec8823631442a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1c6690f2f2491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67665ac13564f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7818e1adf54365"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05c69fbd36145d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67665ac13564f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f48997ee35f45f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7818e1adf54365" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,691</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>111,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,496</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>