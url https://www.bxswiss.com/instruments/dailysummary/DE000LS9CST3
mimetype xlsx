--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1c6690f2f2491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7645ab80a14f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7818e1adf54365"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1241b48f2db34a40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f48997ee35f45f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7818e1adf54365" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058d7a0b8f364aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1241b48f2db34a40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,350</x:t>
-[...90 lines deleted...]
-          <x:t>116,234</x:t>
+          <x:t>114,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>