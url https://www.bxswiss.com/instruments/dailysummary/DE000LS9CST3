--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7645ab80a14f0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54deec4efa714dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1241b48f2db34a40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953f816f7f454667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R058d7a0b8f364aea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1241b48f2db34a40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898817e3514d4ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953f816f7f454667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>117,949</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>