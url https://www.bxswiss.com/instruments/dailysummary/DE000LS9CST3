--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54deec4efa714dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d502a2e26e4491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953f816f7f454667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d74f420e49e43a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898817e3514d4ca6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953f816f7f454667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe49c8ab41c4e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d74f420e49e43a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schweizer Finanzanlagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CST3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>116,353</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,129</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>115,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,326</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>