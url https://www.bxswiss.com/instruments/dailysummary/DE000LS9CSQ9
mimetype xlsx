--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1359effed3cc45ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff16d6a46e44919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b868c2b780497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783f4112142c425a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02a226da11e64413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b868c2b780497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1679c35a0f4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783f4112142c425a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,029</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>