--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff16d6a46e44919" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c22de2b19844b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783f4112142c425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1935a4f6ce24b1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1679c35a0f4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783f4112142c425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e3d20cbc964b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1935a4f6ce24b1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>178,622</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>