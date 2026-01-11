--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90c22de2b19844b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re067a98df17b4bd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1935a4f6ce24b1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5d229adcf0c4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e3d20cbc964b55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1935a4f6ce24b1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e202875e8f64407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5d229adcf0c4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>