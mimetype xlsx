--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re067a98df17b4bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d803dc422244f2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5d229adcf0c4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ade2d3275bc46c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e202875e8f64407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5d229adcf0c4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b626c8425bf4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ade2d3275bc46c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>181,294</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>