--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d803dc422244f2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b9691ad30f4cb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ade2d3275bc46c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c235f6f0939445f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b626c8425bf4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ade2d3275bc46c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6595d4b2941c49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c235f6f0939445f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ASOinvest_Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>