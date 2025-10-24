--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ead52331a3a4bf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4072625940d4457f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70db5f7d94ee4cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R528c6dd7285344c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R022de53749b44b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70db5f7d94ee4cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7b2e5f35c14f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R528c6dd7285344c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>592,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>594,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>617,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>