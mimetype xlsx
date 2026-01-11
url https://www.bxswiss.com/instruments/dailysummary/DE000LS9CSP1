--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4072625940d4457f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f4fe1dd164191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R528c6dd7285344c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4944c8054c8b4368"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c7b2e5f35c14f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R528c6dd7285344c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e91e2892fe548b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4944c8054c8b4368" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>628,702</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>