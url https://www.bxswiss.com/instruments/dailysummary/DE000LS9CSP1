--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859f4fe1dd164191" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb167f90477eb4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4944c8054c8b4368"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb531ecc2b304d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e91e2892fe548b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4944c8054c8b4368" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d44cbbe9b5348fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb531ecc2b304d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>655,611</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>