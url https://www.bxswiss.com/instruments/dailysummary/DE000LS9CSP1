--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb167f90477eb4c2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58598457fd344b42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb531ecc2b304d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c8c3cdda45947ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d44cbbe9b5348fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb531ecc2b304d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee67677a7764fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c8c3cdda45947ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CMB Quantitativ International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSP1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>628,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>635,185</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>638,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>636,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>