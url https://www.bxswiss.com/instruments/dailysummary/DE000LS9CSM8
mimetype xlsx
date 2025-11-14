--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4ec83e5b54404b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf488c01344f34112" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra42591543e984f62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4763d9533cd04ea9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14252cfe8390475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra42591543e984f62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c61b6ed658c41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4763d9533cd04ea9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,236</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>