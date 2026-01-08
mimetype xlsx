--- v1 (2025-11-14)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf488c01344f34112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f724419f70499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4763d9533cd04ea9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd837603d85924407"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c61b6ed658c41cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4763d9533cd04ea9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a70861df7534a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd837603d85924407" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,165</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>