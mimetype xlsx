--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0f724419f70499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6cab1974e64e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd837603d85924407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6b1af681734653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a70861df7534a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd837603d85924407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa03729e64b41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6b1af681734653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>164,631</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>