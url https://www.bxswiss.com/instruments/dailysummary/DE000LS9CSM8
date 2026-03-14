--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6cab1974e64e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76dddd54c20b4dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d6b1af681734653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd02b97d0f334294"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa03729e64b41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d6b1af681734653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35a6693ca7a74405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd02b97d0f334294" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Klassisches Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>165,978</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,858</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>165,860</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,460</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>