--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a53f0f74de14d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44316e25b25a4a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf74919c5b94238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06c13e215b94c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4be5075ad37f4456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf74919c5b94238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56a505036ce412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06c13e215b94c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Diversifikation passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>