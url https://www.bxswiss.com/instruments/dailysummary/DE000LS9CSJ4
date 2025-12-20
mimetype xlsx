--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44316e25b25a4a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc17caceee13459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06c13e215b94c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a04569f23644837"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb56a505036ce412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06c13e215b94c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85290d2ea32430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a04569f23644837" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Diversifikation passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>217,761</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>