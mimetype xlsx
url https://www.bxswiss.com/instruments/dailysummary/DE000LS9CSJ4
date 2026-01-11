--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc17caceee13459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e314049e0949f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a04569f23644837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dacb049899b43aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85290d2ea32430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a04569f23644837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa10b14977c42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dacb049899b43aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Diversifikation passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,88 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,899</x:t>
@@ -791,31 +239,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>