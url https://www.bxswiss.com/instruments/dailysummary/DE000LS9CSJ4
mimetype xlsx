--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e314049e0949f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2442c2dc678a4cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dacb049899b43aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb3c5b668a843db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaa10b14977c42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dacb049899b43aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50191d382b7546e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb3c5b668a843db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Diversifikation passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,364 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...331 lines deleted...]
-          <x:t>230,121</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>