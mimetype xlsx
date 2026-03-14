--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2442c2dc678a4cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6268739fdd6b4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fb3c5b668a843db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R729ed3854dab4786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50191d382b7546e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fb3c5b668a843db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc047cff24124c73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R729ed3854dab4786" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Diversifikation passiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CSJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>