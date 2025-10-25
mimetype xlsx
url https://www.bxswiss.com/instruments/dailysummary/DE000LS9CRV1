--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c557050ac874c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa3b64445fe4aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd8b6dc04c84e26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162f08368f354877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed7522420014e98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd8b6dc04c84e26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e699079f2548be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162f08368f354877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Fundament international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>