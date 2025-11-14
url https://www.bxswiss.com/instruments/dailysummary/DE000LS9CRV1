--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa3b64445fe4aec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bc237cba1541cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R162f08368f354877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7671581c55d47ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88e699079f2548be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R162f08368f354877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re253d51411814af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7671581c55d47ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Fundament international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>