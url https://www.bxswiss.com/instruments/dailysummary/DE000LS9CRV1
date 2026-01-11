--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bc237cba1541cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc825af5d564341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7671581c55d47ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc60fa56bc54370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re253d51411814af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7671581c55d47ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57587d63141b490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc60fa56bc54370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Fundament international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,371</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>