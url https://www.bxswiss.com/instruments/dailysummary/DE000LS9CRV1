--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc825af5d564341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd427aff27be941b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc60fa56bc54370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f83f0f198624b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57587d63141b490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc60fa56bc54370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd60b58c78454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f83f0f198624b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Fundament international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>275,951</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>