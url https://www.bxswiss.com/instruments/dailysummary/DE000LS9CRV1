--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd427aff27be941b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51fe315fb89c48a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f83f0f198624b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d59f1667974064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fd60b58c78454e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f83f0f198624b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4737823b0804d28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d59f1667974064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dr. Roth Fundament international</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,414</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>