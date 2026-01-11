--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c9a7a3ae5cd47cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9970b1e7f2884ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aaf34dfeed04697"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854d37676358478f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb78c98df03804fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aaf34dfeed04697" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941de5898ab746e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854d37676358478f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arRun+Fun+Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>