--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9970b1e7f2884ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81bcee6c453843bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R854d37676358478f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243703cefc8d49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941de5898ab746e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R854d37676358478f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R138c2253a3d44e78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243703cefc8d49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arRun+Fun+Swing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRE7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,517</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>