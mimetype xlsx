--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaf3d3a80e2e4de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97055fe635934878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43fa16cfd3214147"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376c28c3a0d1440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00e4d2f57024522" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43fa16cfd3214147" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c88b384b204e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376c28c3a0d1440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arSwingtrading&amp;Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>