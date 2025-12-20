--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97055fe635934878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1393d76648bf4a85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R376c28c3a0d1440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f710ec5f5eb4adc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2c88b384b204e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R376c28c3a0d1440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25812dd1137d4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f710ec5f5eb4adc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arSwingtrading&amp;Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>246,950</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>