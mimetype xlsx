--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1393d76648bf4a85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2925afb355394786" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f710ec5f5eb4adc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862c6f8e57bb4935"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25812dd1137d4d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f710ec5f5eb4adc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd664e29ce7e42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862c6f8e57bb4935" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arSwingtrading&amp;Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>