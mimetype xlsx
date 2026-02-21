--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2925afb355394786" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d8b292635854ac5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R862c6f8e57bb4935"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3fa989cb0b54692"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd664e29ce7e42b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R862c6f8e57bb4935" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c495d93d7d744eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3fa989cb0b54692" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>arSwingtrading&amp;Dividendenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CRA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>255,985</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>