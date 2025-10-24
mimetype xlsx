--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd529ddfffb2a42e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad7076fa2194328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc79c21a79f2c498f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d321c217e1648d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc56b67f9b134485b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc79c21a79f2c498f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37fc7ea91cb8447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d321c217e1648d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>124,839</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,610</x:t>
-[...362 lines deleted...]
-          <x:t>124,295</x:t>
+          <x:t>124,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,258</x:t>
-[...220 lines deleted...]
-          <x:t>124,311</x:t>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>