--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfad7076fa2194328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90340636384c4671" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d321c217e1648d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra74a4b29062d4354"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37fc7ea91cb8447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d321c217e1648d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974b46c106b74275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra74a4b29062d4354" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>124,071</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,888</x:t>
-[...70 lines deleted...]
-          <x:t>123,722</x:t>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,590</x:t>
-[...60 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,100</x:t>
-[...117 lines deleted...]
-          <x:t>122,813</x:t>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>