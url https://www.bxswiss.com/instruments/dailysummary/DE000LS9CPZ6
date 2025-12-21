--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90340636384c4671" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a08b95866940f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra74a4b29062d4354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96459fd27274b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974b46c106b74275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra74a4b29062d4354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76b673da1024362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96459fd27274b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>123,687</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,821</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>123,374</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,713</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>122,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>