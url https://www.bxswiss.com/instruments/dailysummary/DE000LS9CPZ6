--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a08b95866940f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c04468df04438a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96459fd27274b13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6557c5006845d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra76b673da1024362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96459fd27274b13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b11f2fbe9de41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6557c5006845d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>123,859</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,695</x:t>
-[...502 lines deleted...]
-          <x:t>123,821</x:t>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,713</x:t>
+          <x:t>123,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>