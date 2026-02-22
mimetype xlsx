--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c04468df04438a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f3a01079dd4561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e6557c5006845d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f42993125bf4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b11f2fbe9de41ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e6557c5006845d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb809d89d559943fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f42993125bf4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>123,675</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>