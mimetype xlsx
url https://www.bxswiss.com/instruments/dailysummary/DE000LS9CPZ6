--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f3a01079dd4561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2359bfbd011e48b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f42993125bf4be9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75caa86425284959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb809d89d559943fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f42993125bf4be9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1085136c2c104a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75caa86425284959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Volatrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>121,510</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,265</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>120,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,475</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,333</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>