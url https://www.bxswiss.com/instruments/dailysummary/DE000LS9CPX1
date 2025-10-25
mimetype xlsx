--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R989ea38fe9964e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae66c2f737234a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0fa9b16801d4047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974e95655e0649b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1eed10e4cc4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0fa9b16801d4047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59794cf16d14ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974e95655e0649b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>