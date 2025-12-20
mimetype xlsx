--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae66c2f737234a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3137a2c0d5d414c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974e95655e0649b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf12636a1fa45e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf59794cf16d14ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974e95655e0649b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076fb53491544151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf12636a1fa45e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>353,125</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>