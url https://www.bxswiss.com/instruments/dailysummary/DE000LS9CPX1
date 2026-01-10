--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3137a2c0d5d414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223be14b823141ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbf12636a1fa45e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b89321d50745f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076fb53491544151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbf12636a1fa45e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ccf6f5b5084dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b89321d50745f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>