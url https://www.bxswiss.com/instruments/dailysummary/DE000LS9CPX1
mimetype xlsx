--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223be14b823141ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa10b32fd0c442da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b89321d50745f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce4d62a70b44bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ccf6f5b5084dca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b89321d50745f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eea10a570624f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce4d62a70b44bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>375,564</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>