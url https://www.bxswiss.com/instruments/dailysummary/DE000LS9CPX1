--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa10b32fd0c442da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra226b696b3ea4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ce4d62a70b44bfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde6bcd3d90b54010"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eea10a570624f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ce4d62a70b44bfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28bd870bfe4b4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde6bcd3d90b54010" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europa Finest Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPX1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>359,835</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>357,692</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>362,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>