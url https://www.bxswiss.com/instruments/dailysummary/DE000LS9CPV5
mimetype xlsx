--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51757b2f392d4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda65edfeeef1431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89faae7c89fc4d3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab872f7db8e45f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7551126e6cfe4f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89faae7c89fc4d3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R125b4025f7ce4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab872f7db8e45f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>219,123</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,981</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,163</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>221,992</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>