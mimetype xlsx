--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda65edfeeef1431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708044c328de4043" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ab872f7db8e45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254f89c266d04914"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R125b4025f7ce4775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ab872f7db8e45f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1d2d368c164824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254f89c266d04914" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>