--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708044c328de4043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0bd7deb308c42b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R254f89c266d04914"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec90ad167e734b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c1d2d368c164824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R254f89c266d04914" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30eb44a5c9144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec90ad167e734b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>