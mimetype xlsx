--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0bd7deb308c42b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae9a12f0f5f4cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec90ad167e734b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5035942160a34d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30eb44a5c9144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec90ad167e734b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b2400fc63e42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5035942160a34d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>235,219</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>