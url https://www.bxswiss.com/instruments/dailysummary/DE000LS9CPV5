--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ae9a12f0f5f4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774735a32e0947c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5035942160a34d00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4f99d6c5c1648e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09b2400fc63e42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5035942160a34d00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598de6e46e0a467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4f99d6c5c1648e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MuM Value Investing Strategy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>