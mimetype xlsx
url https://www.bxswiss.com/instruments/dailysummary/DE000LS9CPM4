--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51dc5f795574b68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c163281ad9d457e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref43219a165e4688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fad1445222144a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8aa2bf4cca84098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref43219a165e4688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32cdb6fa6d044f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fad1445222144a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>