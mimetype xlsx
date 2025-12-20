--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c163281ad9d457e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9496709a0846cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fad1445222144a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33074215b56b477b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32cdb6fa6d044f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fad1445222144a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc217dc7f3b82497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33074215b56b477b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,659</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>