--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9496709a0846cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26171685d42745a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33074215b56b477b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc2bc799f464fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc217dc7f3b82497a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33074215b56b477b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9289eb03a2d047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc2bc799f464fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,886</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>