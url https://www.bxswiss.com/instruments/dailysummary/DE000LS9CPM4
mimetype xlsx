--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26171685d42745a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbcc4e560cd4710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recc2bc799f464fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a791500f434110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9289eb03a2d047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recc2bc799f464fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2be3d83004c4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a791500f434110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,513</x:t>
-[...252 lines deleted...]
-          <x:t>124,523</x:t>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>