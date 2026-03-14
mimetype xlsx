--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbcc4e560cd4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R916ba7214c9e4123" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7a791500f434110"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d00e1a171e34338"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2be3d83004c4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7a791500f434110" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86e51ee2fa04263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d00e1a171e34338" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value/Chance Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CPM4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>