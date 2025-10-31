--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dec9e94fcb481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffb9b10451b435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a55e592842411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e96872407e84ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ed458576254f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a55e592842411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8f93eeb67a4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e96872407e84ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Sei aufmerksam</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,221</x:t>
-[...252 lines deleted...]
-          <x:t>152,780</x:t>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>