--- v1 (2025-10-31)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffb9b10451b435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a4b3866d074a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e96872407e84ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f99af30e794083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b8f93eeb67a4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e96872407e84ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb4124f6f23427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f99af30e794083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Sei aufmerksam</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>151,472</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>