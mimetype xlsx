--- v2 (2026-01-06)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52a4b3866d074a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd9f5663a5c4ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f99af30e794083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bf0a3af7094e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb4124f6f23427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f99af30e794083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b9cb4da7c45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bf0a3af7094e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Sei aufmerksam</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>159,554</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>