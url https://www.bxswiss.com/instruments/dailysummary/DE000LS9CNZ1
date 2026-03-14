--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fd9f5663a5c4ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9ed1d838bf432b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77bf0a3af7094e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36642ce7309e45e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R600b9cb4da7c45b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77bf0a3af7094e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d329a576bbb4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36642ce7309e45e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tenbagger - Sei aufmerksam</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNZ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>