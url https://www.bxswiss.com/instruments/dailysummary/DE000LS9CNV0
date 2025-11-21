--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc3c53b86e24832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33c6746f9904e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45abf3c4c3964fa2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c9868067104013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813a2f6443b34a06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45abf3c4c3964fa2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e1d7268397480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c9868067104013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KursTrend Turnaround &amp; Rendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>