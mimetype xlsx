--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33c6746f9904e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200addced9334321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c9868067104013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c5720910594091"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2e1d7268397480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c9868067104013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra863796dcc41420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c5720910594091" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KursTrend Turnaround &amp; Rendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,295</x:t>
-[...16 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,293</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>0,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,268</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>