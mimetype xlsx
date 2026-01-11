--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200addced9334321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a88e4ae82d4696" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c5720910594091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2bedc49cfa46a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra863796dcc41420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c5720910594091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21042dfc21f047da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2bedc49cfa46a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KursTrend Turnaround &amp; Rendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,303</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>0,291</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>