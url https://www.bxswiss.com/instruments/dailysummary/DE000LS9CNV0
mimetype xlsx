--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a88e4ae82d4696" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4dba551280c4992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc2bedc49cfa46a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c092010a1b44fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21042dfc21f047da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc2bedc49cfa46a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6843f82dcc284583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c092010a1b44fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KursTrend Turnaround &amp; Rendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,298</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,298</x:t>
-[...308 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,307</x:t>
-[...107 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>