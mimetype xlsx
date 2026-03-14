--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4dba551280c4992" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4590f65c633244cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c092010a1b44fa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b174ce5a60a400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6843f82dcc284583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c092010a1b44fa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49c5641c00694d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b174ce5a60a400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KursTrend Turnaround &amp; Rendite</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNV0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,309</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>0,324</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,314</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,307</x:t>
-[...6 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,302</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,300</x:t>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,305</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,308</x:t>
-[...90 lines deleted...]
-          <x:t>0,308</x:t>
+          <x:t>0,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>