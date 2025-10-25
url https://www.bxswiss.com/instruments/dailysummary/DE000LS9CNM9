--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22efcc6a5bfb4c09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6fa9380a434b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6419d4dfa03a4c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1a081814544af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R070defab8bdf4e46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6419d4dfa03a4c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa85ce218b84ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1a081814544af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>