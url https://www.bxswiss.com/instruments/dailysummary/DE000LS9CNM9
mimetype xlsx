--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6fa9380a434b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52347d127b234c88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a1a081814544af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db1970ce3394706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa85ce218b84ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a1a081814544af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8da92ecadc14a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db1970ce3394706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,998</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>