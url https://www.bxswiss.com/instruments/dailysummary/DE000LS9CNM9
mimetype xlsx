--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52347d127b234c88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03d55b1adee44c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9db1970ce3394706"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee3d9ac64741ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8da92ecadc14a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9db1970ce3394706" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123a24031d17469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee3d9ac64741ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>