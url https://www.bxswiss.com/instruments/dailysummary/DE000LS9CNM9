--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03d55b1adee44c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87bf581cb2694edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ee3d9ac64741ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd438773c984d4456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R123a24031d17469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ee3d9ac64741ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa11e7bec9ad41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd438773c984d4456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PAHE Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>248,575</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>