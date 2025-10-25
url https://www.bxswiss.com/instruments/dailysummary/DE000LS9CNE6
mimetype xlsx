--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff41d21d9718439b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e1b27ac196d4d74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4eb32c8ec104b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd09643cc574016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R381b5ea4196849c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4eb32c8ec104b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d3379e58704305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd09643cc574016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>