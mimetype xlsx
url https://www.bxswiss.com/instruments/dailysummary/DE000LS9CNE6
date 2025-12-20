--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e1b27ac196d4d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c2cb979a114ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd09643cc574016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44039907c3ef4113"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36d3379e58704305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd09643cc574016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a06fc622a4542c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44039907c3ef4113" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>276,922</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,058</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>