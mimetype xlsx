--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c2cb979a114ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43c03113c1e4ff8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44039907c3ef4113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa5b41c067b4aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a06fc622a4542c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44039907c3ef4113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ca3292c00440bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa5b41c067b4aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,433</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>