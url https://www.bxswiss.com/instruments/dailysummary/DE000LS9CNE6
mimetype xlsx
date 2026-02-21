--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43c03113c1e4ff8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceea4eec7022497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa5b41c067b4aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61cd2efb70a84fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ca3292c00440bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa5b41c067b4aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbcb94e96af34e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61cd2efb70a84fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>287,163</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>