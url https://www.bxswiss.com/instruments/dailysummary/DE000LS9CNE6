--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceea4eec7022497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1817077e122a41e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61cd2efb70a84fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaa9b9d6d9a74715"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbcb94e96af34e3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61cd2efb70a84fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f33ed2c426f4e68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaa9b9d6d9a74715" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,916</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>282,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,292</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>