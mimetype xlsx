--- v0 (2025-10-03)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa7cdcec053a4cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2eec04322d4285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0def2c3afc574231"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8726177b6944b6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbded5efce2c4749" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0def2c3afc574231" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d979fa7a7c49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8726177b6944b6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>215,814</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>