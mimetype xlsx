--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2eec04322d4285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424c9fe514c84568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8726177b6944b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32305f84d7b6467b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d979fa7a7c49dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8726177b6944b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac8632e8f2347d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32305f84d7b6467b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>