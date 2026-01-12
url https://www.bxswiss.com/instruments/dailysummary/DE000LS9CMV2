--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424c9fe514c84568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89eb3d6423b24556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32305f84d7b6467b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77596e5c5bac4d6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac8632e8f2347d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32305f84d7b6467b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9228cfe6af4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77596e5c5bac4d6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>