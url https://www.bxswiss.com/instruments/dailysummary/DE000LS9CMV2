--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89eb3d6423b24556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518525e941384a99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77596e5c5bac4d6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971019cf3129462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9228cfe6af4d3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77596e5c5bac4d6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a72670a8534769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971019cf3129462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>212,097</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>