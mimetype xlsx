--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R518525e941384a99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8f716c7cc564eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R971019cf3129462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R758a5ee62a074919"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95a72670a8534769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R971019cf3129462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf05610a2cd8d42ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R758a5ee62a074919" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TIME WILL TELL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>194,903</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>200,330</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>