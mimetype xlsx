--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13913bfc4bc7442e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8696baab662d4107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079ded2a25a84034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4d2705b5cd4a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39b3d066ea1d45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079ded2a25a84034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1779cd55c6584be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4d2705b5cd4a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>237,289</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>236,344</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>238,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,495</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>