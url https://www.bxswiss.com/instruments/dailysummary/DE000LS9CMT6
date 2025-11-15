--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8696baab662d4107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e000b437c614f84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac4d2705b5cd4a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a08add947b4148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1779cd55c6584be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac4d2705b5cd4a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1139adf92a44714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a08add947b4148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>