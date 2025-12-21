--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e000b437c614f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadefb0cad3c4060" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a08add947b4148"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f4ebfb198d74a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1139adf92a44714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a08add947b4148" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e23b654263437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f4ebfb198d74a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>227,530</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>