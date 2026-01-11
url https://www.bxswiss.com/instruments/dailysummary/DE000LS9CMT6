--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadefb0cad3c4060" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d33ad52d3154297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f4ebfb198d74a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d4b46f51344c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e23b654263437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f4ebfb198d74a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fa01c2bfd64ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d4b46f51344c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>