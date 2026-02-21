--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d33ad52d3154297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4880d58bfb924bc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d4b46f51344c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re225dbae1ca04ec7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2fa01c2bfd64ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d4b46f51344c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fadfa6d0f5d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re225dbae1ca04ec7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,961</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>