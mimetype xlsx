--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4880d58bfb924bc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a1675d36e64f9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re225dbae1ca04ec7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R764c30e4f9ef46d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fadfa6d0f5d46ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re225dbae1ca04ec7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0baabf641a44671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R764c30e4f9ef46d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FC Aktie-strategisch investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,664</x:t>
-[...360 lines deleted...]
-          <x:t>191,998</x:t>
+          <x:t>203,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>