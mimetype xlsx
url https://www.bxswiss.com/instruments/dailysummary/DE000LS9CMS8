--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc55281d2c76542f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7699ab5f114db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe178a2b14de4eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa1a90df92a4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R676ec90825d245f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe178a2b14de4eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a69afc263d44e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa1a90df92a4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV als Indikator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>139,060</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,327</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>139,317</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>