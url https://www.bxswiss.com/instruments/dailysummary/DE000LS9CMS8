--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7699ab5f114db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e0e310ef934f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa1a90df92a4618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a4de269e7641bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a69afc263d44e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa1a90df92a4618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra665b6ed877a4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a4de269e7641bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV als Indikator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>139,615</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,549</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>138,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,156</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>