--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69e0e310ef934f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd711a54626264dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a4de269e7641bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b17018dd73462b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra665b6ed877a4a38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a4de269e7641bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86db71571b9a4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b17018dd73462b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV als Indikator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>