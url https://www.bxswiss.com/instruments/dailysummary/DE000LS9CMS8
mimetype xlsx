--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd711a54626264dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd23fb3fa24434023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b17018dd73462b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0615c2adcb2a4a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86db71571b9a4096" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b17018dd73462b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4f5771eba9d41b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0615c2adcb2a4a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KGV als Indikator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>