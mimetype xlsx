--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92b38fe85f97418d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bf712a26164f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae9d3006e0d44c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5848f507d1eb41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b2a020fa944c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae9d3006e0d44c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5146a249f0f446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5848f507d1eb41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,899</x:t>
-[...237 lines deleted...]
-          <x:t>156,180</x:t>
+          <x:t>154,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,827</x:t>
-[...139 lines deleted...]
-          <x:t>159,938</x:t>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>