--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bf712a26164f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b5d7e74dbc46f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5848f507d1eb41b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97032a30653f4e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5146a249f0f446e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5848f507d1eb41b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8452942f143c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97032a30653f4e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>156,180</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,827</x:t>
-[...435 lines deleted...]
-        <x:is>
           <x:t>158,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,434</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>