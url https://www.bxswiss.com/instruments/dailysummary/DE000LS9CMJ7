--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1b5d7e74dbc46f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49820b5cf904d1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97032a30653f4e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb3ffb77e194d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8452942f143c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97032a30653f4e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa6c6bf70844c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb3ffb77e194d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,352</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>