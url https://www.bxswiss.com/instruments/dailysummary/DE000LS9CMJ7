--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc49820b5cf904d1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7e7e2c8ef944dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bb3ffb77e194d80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2145e8a0e84ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fa6c6bf70844c0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bb3ffb77e194d80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d481dc1693f4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2145e8a0e84ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>158,926</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,325</x:t>
-[...355 lines deleted...]
-          <x:t>163,366</x:t>
+          <x:t>157,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>