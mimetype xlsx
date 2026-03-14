--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7e7e2c8ef944dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661855b2440b4eec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2145e8a0e84ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43269e686fad4f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d481dc1693f4e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2145e8a0e84ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57fadc3b049b4c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43269e686fad4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Aktienstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CMJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,476</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>