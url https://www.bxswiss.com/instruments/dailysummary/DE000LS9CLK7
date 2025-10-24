--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd87184fd46844d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc18fa40f4924841" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3989a837b7d44f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e8e571ee2f4d83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd4586cbd8a94c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3989a837b7d44f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93864d6e8b84004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e8e571ee2f4d83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Iudex Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>