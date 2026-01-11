--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc18fa40f4924841" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55439fac74347db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4e8e571ee2f4d83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c3c1a026154a26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93864d6e8b84004" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4e8e571ee2f4d83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98b578f790b4f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c3c1a026154a26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Iudex Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>237,404</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,388</x:t>
-[...323 lines deleted...]
-          <x:t>233,139</x:t>
+          <x:t>234,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>