--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd55439fac74347db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeff7ee05ec34985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c3c1a026154a26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5184f32e96884b47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98b578f790b4f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c3c1a026154a26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b6307b1d5348b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5184f32e96884b47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Iudex Global Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CLK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>235,135</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>