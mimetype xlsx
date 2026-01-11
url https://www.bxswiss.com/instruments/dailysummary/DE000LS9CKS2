--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb735380f45eb4cb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d9e50461134204" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3cc2db67cfe4af1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c68bd406774b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3379d086c47043e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3cc2db67cfe4af1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a9fa4f0ac5f4fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c68bd406774b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formular Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>228,613</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>