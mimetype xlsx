--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d9e50461134204" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad0669405bd43cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8c68bd406774b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e179acf3ab44c70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a9fa4f0ac5f4fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8c68bd406774b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694dc686a6704f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e179acf3ab44c70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formular Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>227,039</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>225,816</x:t>
-[...85 lines deleted...]
-          <x:t>227,200</x:t>
+          <x:t>227,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>