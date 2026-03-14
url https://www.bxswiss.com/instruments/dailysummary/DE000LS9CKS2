--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ad0669405bd43cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87017092e2e94b8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e179acf3ab44c70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re253b5dcb730464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R694dc686a6704f62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e179acf3ab44c70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ae08b39071c4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re253b5dcb730464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formular Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,977</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>