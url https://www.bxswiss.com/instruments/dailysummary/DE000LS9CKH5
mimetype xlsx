--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfef9eb8e4b7845d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde2618f37a44200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57252dd07e874919"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3a5807da1a456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01e1c30363f84134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57252dd07e874919" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7276b1937fce4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3a5807da1a456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,543</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>