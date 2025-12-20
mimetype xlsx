--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde2618f37a44200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1ee2ec10f44a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f3a5807da1a456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7a522672874c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7276b1937fce4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f3a5807da1a456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483f81316c3c46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7a522672874c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,931</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>133,088</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>