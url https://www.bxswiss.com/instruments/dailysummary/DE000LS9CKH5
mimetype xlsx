--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d1ee2ec10f44a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2996b3af7c243e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7a522672874c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1477276c331f42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483f81316c3c46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7a522672874c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7c615bc2744d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1477276c331f42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>