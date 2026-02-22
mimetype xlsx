--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2996b3af7c243e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c078a1cc90946c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1477276c331f42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9b0b5c3ead4a89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a7c615bc2744d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1477276c331f42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re652ce253a4548b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9b0b5c3ead4a89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>133,493</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>132,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,637</x:t>
-[...247 lines deleted...]
-          <x:t>135,084</x:t>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>