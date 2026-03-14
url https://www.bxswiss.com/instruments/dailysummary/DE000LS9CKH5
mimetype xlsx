--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c078a1cc90946c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61d94ea1887648da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9b0b5c3ead4a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a74a30e64343ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re652ce253a4548b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9b0b5c3ead4a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114e4dc1f5544799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a74a30e64343ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>