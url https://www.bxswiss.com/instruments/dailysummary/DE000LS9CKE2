--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3f1bcd1a30d4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2f2eca272c4cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a1d5e714344554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0661fd8b9d4d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f8c23a535d4908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a1d5e714344554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a263c8b1c104550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0661fd8b9d4d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>