--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2f2eca272c4cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e6a16ab7714612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0661fd8b9d4d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff35ea6e674486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a263c8b1c104550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0661fd8b9d4d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cb72445b3346fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff35ea6e674486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>204,409</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>