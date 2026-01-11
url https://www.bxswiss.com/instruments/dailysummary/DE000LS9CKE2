--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e6a16ab7714612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdafe304a9d4440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff35ea6e674486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a25fcf52d60491b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83cb72445b3346fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff35ea6e674486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e86d91feef456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a25fcf52d60491b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>211,361</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,484</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>