--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdafe304a9d4440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d18b369ea34f80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a25fcf52d60491b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab10c54fbc394484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e86d91feef456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a25fcf52d60491b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239c065a98b8400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab10c54fbc394484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>219,152</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>