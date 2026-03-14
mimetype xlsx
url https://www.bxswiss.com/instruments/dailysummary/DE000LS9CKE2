--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82d18b369ea34f80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e57e8afb63842a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab10c54fbc394484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d90539bc334e68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R239c065a98b8400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab10c54fbc394484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2883354a8c437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d90539bc334e68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantitativ GER S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CKE2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>