--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree01459c782a4f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f091365f80480a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66f34131854e46fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra86d8ff8ec034d33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re24b4315db9a4100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66f34131854e46fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91265a97d82249a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra86d8ff8ec034d33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,727</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>211,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,275</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>