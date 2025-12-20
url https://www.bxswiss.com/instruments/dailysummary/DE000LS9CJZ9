--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9f091365f80480a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8649c402ea0c461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra86d8ff8ec034d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8bf62909bd495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91265a97d82249a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra86d8ff8ec034d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabb53a1bddcd484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8bf62909bd495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>219,441</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>