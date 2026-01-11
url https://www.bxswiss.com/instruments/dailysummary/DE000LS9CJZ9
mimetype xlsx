--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8649c402ea0c461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66c3d6ca5484c5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8bf62909bd495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cf10a4bdaf544ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabb53a1bddcd484c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8bf62909bd495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac36d46a72f4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cf10a4bdaf544ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>