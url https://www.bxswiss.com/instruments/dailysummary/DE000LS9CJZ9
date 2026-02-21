--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66c3d6ca5484c5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f12cdb30414167" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cf10a4bdaf544ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0687d906ca3a423f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ac36d46a72f4786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cf10a4bdaf544ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560fc88dbf904419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0687d906ca3a423f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>244,920</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,579</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>253,790</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>