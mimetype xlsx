--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f12cdb30414167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e0ebd8d213f48e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0687d906ca3a423f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc06aee692e64c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560fc88dbf904419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0687d906ca3a423f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0252058abbee4f7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc06aee692e64c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopFlop-Strategie mit DAX-Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>