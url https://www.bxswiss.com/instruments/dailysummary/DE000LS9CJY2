--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a2bee5d57f4483" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42482a65504fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b55cecadd54961"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da4d504d8404448"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R649a59aff97c411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b55cecadd54961" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96262c0d286a48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da4d504d8404448" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>196,988</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,880</x:t>
-[...4 lines deleted...]
-          <x:t>197,542</x:t>
+          <x:t>197,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>