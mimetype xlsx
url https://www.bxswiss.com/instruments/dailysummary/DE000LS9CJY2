--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42482a65504fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124b243568e6452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da4d504d8404448"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e052da332dd4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96262c0d286a48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da4d504d8404448" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re40f8e6b1afb4b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e052da332dd4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Select Germany Fundamental</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>