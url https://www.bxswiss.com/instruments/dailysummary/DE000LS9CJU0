--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref80c1ba75074993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5f029d9a0547da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ca86fc4b594484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420618c4998b43fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62325f6264024798" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ca86fc4b594484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6751e863921544fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420618c4998b43fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>