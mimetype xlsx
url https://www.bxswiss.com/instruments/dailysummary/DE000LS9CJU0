--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5f029d9a0547da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00726f839a814286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R420618c4998b43fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6b75e6e2ed3462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6751e863921544fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R420618c4998b43fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14342dee79144e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6b75e6e2ed3462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>