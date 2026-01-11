--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00726f839a814286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e992233ac2547a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6b75e6e2ed3462c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc55dd4cd78f4f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14342dee79144e08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6b75e6e2ed3462c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436001b7f55d45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc55dd4cd78f4f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,161</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>