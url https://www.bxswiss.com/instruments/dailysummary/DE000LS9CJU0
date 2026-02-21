--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e992233ac2547a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0a51b76bbd4ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc55dd4cd78f4f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc275fa69b464e06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R436001b7f55d45da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc55dd4cd78f4f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra79114f567d4451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc275fa69b464e06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>335,425</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>333,218</x:t>
-[...53 lines deleted...]
-          <x:t>338,168</x:t>
+          <x:t>332,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>