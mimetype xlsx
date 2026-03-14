--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0a51b76bbd4ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6281a7592e5b4375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc275fa69b464e06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38216a1b3dcb4dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra79114f567d4451b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc275fa69b464e06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8270685eb1411c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38216a1b3dcb4dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality-Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>337,360</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>340,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,201</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>