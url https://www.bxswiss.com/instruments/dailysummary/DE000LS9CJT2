--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2f6de801a24f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd1e52d5067499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54f8273dab15490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c5513064d54581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde213cc27e754778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54f8273dab15490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b58a009c2944b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c5513064d54581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>141,853</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,524</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>142,238</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>