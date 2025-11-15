--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd1e52d5067499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree14075f8a0145ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c5513064d54581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57edee5b0cac4c4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b58a009c2944b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c5513064d54581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a53f2c96ca94ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57edee5b0cac4c4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>141,567</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,904</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>14.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,170</x:t>
-[...80 lines deleted...]
-          <x:t>141,601</x:t>
+          <x:t>142,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>141,207</x:t>
-[...134 lines deleted...]
-          <x:t>142,498</x:t>
+          <x:t>140,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>