--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree14075f8a0145ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116f1e496cb44dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57edee5b0cac4c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1dc236b74b4df9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a53f2c96ca94ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57edee5b0cac4c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702653cc5dfc4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1dc236b74b4df9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...252 lines deleted...]
-          <x:t>142,903</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,794</x:t>
-[...377 lines deleted...]
-          <x:t>138,943</x:t>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>