--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116f1e496cb44dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759f549e75a84bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1dc236b74b4df9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra039d1e882ea4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702653cc5dfc4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1dc236b74b4df9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4e1df6036e4b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra039d1e882ea4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>