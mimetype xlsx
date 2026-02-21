--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R759f549e75a84bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c528a79a17d4345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra039d1e882ea4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296bc95417f84300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e4e1df6036e4b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra039d1e882ea4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2ab1361b494621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296bc95417f84300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>145,289</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>