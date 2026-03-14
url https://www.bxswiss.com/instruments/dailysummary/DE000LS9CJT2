--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c528a79a17d4345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c22a5bf8a641bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296bc95417f84300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c7c3c7417c644c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2ab1361b494621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296bc95417f84300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd02a670c9f3d4341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c7c3c7417c644c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Deutschland 110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>