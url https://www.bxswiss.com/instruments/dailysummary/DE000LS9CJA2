--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558e38ef79324355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86248253b7484de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73c3cd877ccb4689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a93a9cab84429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra38a90a1a3d54c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73c3cd877ccb4689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ffcf5af1344d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a93a9cab84429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing ohne Diversi.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,416</x:t>
+          <x:t>39,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,404</x:t>
-[...485 lines deleted...]
-          <x:t>39,401</x:t>
+          <x:t>39,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>