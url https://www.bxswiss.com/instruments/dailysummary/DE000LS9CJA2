--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86248253b7484de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8f85abf01340a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a93a9cab84429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2679e74f467e4fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ffcf5af1344d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a93a9cab84429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf3800fbd9b43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2679e74f467e4fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing ohne Diversi.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>39,218</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,154</x:t>
-[...556 lines deleted...]
-          <x:t>39,285</x:t>
+          <x:t>39,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,250</x:t>
+          <x:t>39,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,239</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>