--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8f85abf01340a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93529b4d92142cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2679e74f467e4fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb04460248ba4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdf3800fbd9b43cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2679e74f467e4fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576e3c8c7cec4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb04460248ba4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing ohne Diversi.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>39,128</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,053</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>39,239</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>