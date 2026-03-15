--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93529b4d92142cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47c59d210e8546c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb04460248ba4be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b4d544a46e40ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R576e3c8c7cec4b15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb04460248ba4be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89cba0e1d694392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b4d544a46e40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing ohne Diversi.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CJA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>38,250</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>38,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,374</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>38,402</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>