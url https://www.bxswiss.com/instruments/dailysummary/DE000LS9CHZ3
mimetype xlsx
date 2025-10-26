--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R571daa9167cd4bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f19966ccf647b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94bd56e0d3d043d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0723eb65c69846c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R242b11a36d8e4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94bd56e0d3d043d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe41052da4a740d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0723eb65c69846c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheLittleFolioThatTriesToBeat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>