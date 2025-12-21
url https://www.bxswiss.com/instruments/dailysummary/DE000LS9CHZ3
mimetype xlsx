--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f19966ccf647b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d4b90adff47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0723eb65c69846c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee8de7fa8824ddc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe41052da4a740d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0723eb65c69846c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f85ba4f2cf140d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee8de7fa8824ddc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheLittleFolioThatTriesToBeat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>256,613</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>256,251</x:t>
-[...544 lines deleted...]
-          <x:t>259,663</x:t>
+          <x:t>258,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>