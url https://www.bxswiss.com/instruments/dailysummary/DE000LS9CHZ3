--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365d4b90adff47f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db20bcea13b4bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee8de7fa8824ddc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc587e5507946f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f85ba4f2cf140d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee8de7fa8824ddc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c2a85404a147ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc587e5507946f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheLittleFolioThatTriesToBeat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,163</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>