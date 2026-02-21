--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db20bcea13b4bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9342ee418552487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cc587e5507946f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b10eefe66554a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9c2a85404a147ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cc587e5507946f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb307bacd60794440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b10eefe66554a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheLittleFolioThatTriesToBeat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>255,619</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>