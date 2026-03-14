--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9342ee418552487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R937f5205ac9e4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b10eefe66554a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb046c875fc485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb307bacd60794440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b10eefe66554a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6b4547ce79043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb046c875fc485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TheLittleFolioThatTriesToBeat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>