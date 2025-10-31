--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4421360c6624998" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa111712e5647d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47bafa88f52a4536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27363f6fba042c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c659ecee7c743f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47bafa88f52a4536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc541a5133b1d41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27363f6fba042c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>