--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa111712e5647d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a2b774ac5b4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb27363f6fba042c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0892c798a44975"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc541a5133b1d41c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb27363f6fba042c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc18f81b1c314aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0892c798a44975" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,132</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>