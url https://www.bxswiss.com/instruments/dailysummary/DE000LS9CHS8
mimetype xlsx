--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22a2b774ac5b4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02799b1f3d05431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb0892c798a44975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a626ffd6cb94bac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc18f81b1c314aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb0892c798a44975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f0edd4578c546a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a626ffd6cb94bac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>