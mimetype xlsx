--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02799b1f3d05431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc229a9ed5f7b43d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a626ffd6cb94bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38f1306616945b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f0edd4578c546a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a626ffd6cb94bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314e5274ad004019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38f1306616945b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>331,432</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>329,389</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>327,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,941</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>