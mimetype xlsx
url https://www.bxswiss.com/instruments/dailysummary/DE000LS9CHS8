--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc229a9ed5f7b43d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745705eb5392474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38f1306616945b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e766f3eb80f47ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314e5274ad004019" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38f1306616945b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e164f5a90424fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e766f3eb80f47ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>337,792</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>