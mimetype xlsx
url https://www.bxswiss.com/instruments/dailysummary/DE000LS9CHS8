--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745705eb5392474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2853e20c456d4a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e766f3eb80f47ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7be9e74c2db5423e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e164f5a90424fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e766f3eb80f47ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523abfa7731c4eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7be9e74c2db5423e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>