--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7dfb5a1070342c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b079432586f42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e86f1b380d242d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b32d50711941fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d6eea7cf3446ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e86f1b380d242d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f92e90a885d4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b32d50711941fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Core Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>