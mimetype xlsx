--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b079432586f42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ecaf83257842c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13b32d50711941fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e16e77d2e4d4f45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f92e90a885d4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13b32d50711941fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3327f82442294f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e16e77d2e4d4f45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Core Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>194,977</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>