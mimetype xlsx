--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ecaf83257842c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a49e8135bcc4258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e16e77d2e4d4f45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e248e4d5c2c4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3327f82442294f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e16e77d2e4d4f45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51eb67c937f4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e248e4d5c2c4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Core Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>188,542</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...192 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,438</x:t>
-[...117 lines deleted...]
-          <x:t>191,882</x:t>
+          <x:t>189,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>