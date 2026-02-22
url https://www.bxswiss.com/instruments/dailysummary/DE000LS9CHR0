--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a49e8135bcc4258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eb4aabf5cc040cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e248e4d5c2c4f5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd446100e19244483"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51eb67c937f4168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e248e4d5c2c4f5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1de31932b8ab46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd446100e19244483" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Core Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>194,316</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>