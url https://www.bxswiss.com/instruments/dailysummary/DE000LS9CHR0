--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eb4aabf5cc040cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefc08b6b1f9470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd446100e19244483"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R359987df11b241f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1de31932b8ab46f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd446100e19244483" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R203cba2dc70a4884" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R359987df11b241f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Core Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>