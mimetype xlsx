--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e7294234d541d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb600c0ea810d44fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6536e413fb54fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re032e74fc6e546aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra83d00533851425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6536e413fb54fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb6455d29d24fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re032e74fc6e546aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buyback Amerika &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>248,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>