--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb600c0ea810d44fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70c91b36e104b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re032e74fc6e546aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f3441bd52e482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bb6455d29d24fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re032e74fc6e546aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02b27707ce84fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f3441bd52e482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buyback Amerika &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,426</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>