--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re70c91b36e104b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re373d61c290d43a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f3441bd52e482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ac3d2453ab4c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re02b27707ce84fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f3441bd52e482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0f3cdaee8640d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ac3d2453ab4c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buyback Amerika &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>253,148</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>