--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re373d61c290d43a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4044322af0e04676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ac3d2453ab4c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf87458b2544807"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0f3cdaee8640d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ac3d2453ab4c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53f8a0fc41d44942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf87458b2544807" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buyback Amerika &amp; Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9CHC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>